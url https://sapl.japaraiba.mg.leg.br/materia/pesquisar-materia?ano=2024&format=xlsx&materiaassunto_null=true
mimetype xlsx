--- v0 (2025-12-02)
+++ v1 (2026-03-14)
@@ -54,858 +54,858 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Silvio José da Silva</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/604/indicacao_no._01-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/604/indicacao_no._01-24.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, a necessidade de se realizar manutenção nos campos de futebol de Japaraíba e Capoeirão.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/605/indicacao_no._02-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/605/indicacao_no._02-24.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se promover uma melhora substancial em todo sistema de fornecimento de água neste município de Japaraíba, inclusive Capoeirão.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ELIANA APARECIDA LOPES ANDRADE</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/606/indicacao_no._03-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/606/indicacao_no._03-24.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal a instalação de equipamentos de ar condicionado nas salas das Escolas Municipais de Japaraíba.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/607/indicacao_no._04-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/607/indicacao_no._04-24.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, a necessidade de se instalar redutor de velocidade na Rua Emílio Lopes, próximo ao número 1.697, neste município de Japaraíba/MG.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/608/indicacao_no._05-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/608/indicacao_no._05-24.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, a necessidade de se realizar a poda de árvores que estão localizadas nos fundos do CEMEI VÓ TEREZA e também na Praça André e Chiquinha.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Maciel Florêncio de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/609/indicacao_no._06-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/609/indicacao_no._06-24.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, para que construa uma pista de caminhada ao redor do campo municipal Antenor Florêncio Dias, neste cidade de Japaraíba.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/610/indicacao_no._07-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/610/indicacao_no._07-24.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal , que analise a possibilidade de construir um espaço adequado para as atividades da área de Cultura no Município de Japaraíba.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Geraldo Alexandre Lopes</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/611/indicacao_no._08-24_-_geraldo_alexandre.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/611/indicacao_no._08-24_-_geraldo_alexandre.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizada manutenção na ponte da comunidade de Capetinga, que liga a fábrica Piroshow, neste município de Japaraíba.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Noeli Jorge Teixeira Pereira</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/612/indicacao_no._09-24_-_noeli.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/612/indicacao_no._09-24_-_noeli.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se disponibilizar para a população, atendimento médico de urgência, 24 horas, na Policlínica deste Município de Japaraíba.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/613/indicacao_no._010-24_-_eliana_e_jose_carlos.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/613/indicacao_no._010-24_-_eliana_e_jose_carlos.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, a necessidade de se construir uma PISCINA INFANTIL e REFORMAR a entrada do Poliesportivo José Tavares de Morais.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/614/indicacao_no._011-24_-_silvio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/614/indicacao_no._011-24_-_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que seja realizada manutenção nas estradas rurais do Município, especialmente nas localidades de Carlos Bernardes, Capetinga, São Domingos, Macaúbas e Capoeirão, neste município de Japaraíba.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/615/indicacao_no._012-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/615/indicacao_no._012-24.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se atuar perante o DER-MG, no intuito de se resolver o problema de acúmulo de barro no Trevo de Capoeirão, município de Japaraíba/MG.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Artur Teixeira Rabelo</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/616/indicacao_no._013-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/616/indicacao_no._013-24.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se promover uma reforma no prédio sede da Prefeitura Municipal de Japaraíba.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/617/indicacao_no._014-24_-_silvio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/617/indicacao_no._014-24_-_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se atuar perante o DER-MG no intuito de que seja realizada uma capina/roçar na vegetação existente no Trevo da MG 170, que dá acesso a Capoeirão, neste Município de Japaraíba/MG.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/618/indicacao_no._015-24_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/618/indicacao_no._015-24_-_eliana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que seja feito o recapeamento dos asfaltos de Japaraíba e Capoeirão.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/619/indicacao_no._016-24_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/619/indicacao_no._016-24_-_eliana.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se instalar redutor de velocidade na Rua São Simão, na saída para o loteamento Maria Madalena, neste Município de Japaraíba/MG.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_no._017-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_no._017-24.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se revitalizar e promover manutenção da lagoa existente no Distrito de Capoeirão, Município de Japara[iba.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>José Carlos da Silva</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/621/indicacao_no._018-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/621/indicacao_no._018-24.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se instalar redutor de velocidade na Avenida Paralela, próximo ao lava-jato do Auto Posto Japaraíba, neste Município.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/622/indicacao_no._019-24_-_artur.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/622/indicacao_no._019-24_-_artur.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se instalar redutores de velocidade (quebra-mola), na estrada rural que liga a cidade de Japaraíba a Comunidade do Mimoso, neste Município.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/623/indicacao_no._020-24_-_artur.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/623/indicacao_no._020-24_-_artur.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se realizar a coleta de lixo na comunidade de São Domingos do Cruzeiro, neste Município.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/624/indicacao_no._021-24_-_jose_carlos.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/624/indicacao_no._021-24_-_jose_carlos.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se instalar redutor de velocidade na Rua Adelino Rodrigues, próximo a nova quadra da Escola Municipal Paulo Jacinto de Mendonça, neste Município.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/625/indicacao_no._022-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/625/indicacao_no._022-24.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se promover, com maior agilidade, os reparos na cadeira do dentista municipal que atende na Policlínica.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Rosilaine Urias Fernandes Rabelo</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/626/indicacao_no._023-24_-_rosilaine.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/626/indicacao_no._023-24_-_rosilaine.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, para que promova a pintura dos meios fios e dos postes, até uma certa altura, na cidade de Japaraíba e Distrito de Capoeirão.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/627/indicacao_no._024-24_-_jose_carlos.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/627/indicacao_no._024-24_-_jose_carlos.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se promover a instalação de registros, em cada quarteirão, no sistema de abastecimento de água, na cidade de Japaraíba.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/628/indicacao_no._025-24_-_silvio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/628/indicacao_no._025-24_-_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se promover a reforma dos vestiários e a construção de arquibancadas no campo municipal Ângelo Vidal, no Distrito de Capoeirão.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/629/indicacao_no._26-24_-_jose_carlos.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/629/indicacao_no._26-24_-_jose_carlos.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se instalar um poste/refletor para iluminação no parquinho da Praça do Bairro São José, neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/630/indicacao_no._027-24_-_noeli.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/630/indicacao_no._027-24_-_noeli.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se promover políticas públicas que disponham sobre a arborização na cidade de Japaraíba.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/631/indicacao_no._028-24_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/631/indicacao_no._028-24_-_eliana.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se oferecer atendimento psiquiátrico semanalmente, na Policlínica.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/632/indicacao_no._029-24_-_jose_carlos.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/632/indicacao_no._029-24_-_jose_carlos.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se promover a reforma do passeio localizado na BR, entrada da cidade, chegando na Ponte que liga a BR com a Rua Joaquim José Lopes, nesta cidade de Japaraíba.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Alexandre Cláudio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/560/requerimento_no_01-24_-_alexandre_claudio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/560/requerimento_no_01-24_-_alexandre_claudio.pdf</t>
   </si>
   <si>
     <t>Convoca o Chefe do Poder Executivo Municipal para prestar esclarecimentos a respeito do projeto de lei nº 003/2024 que "dispõe sobre a abertura de crédito adicional suplementar e dá outras providências".</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/561/requerimento_no_02-24_-_alexandre_claudio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/561/requerimento_no_02-24_-_alexandre_claudio.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Diretor da Empresa Raízen Energia S/A, Unidade de Lagoa da Prata, convidando-o para que compareça a esta Casa durante reunião ordinária do dia 05/02/2024 às 19:00 horas.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/562/requerimento_no_03-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/562/requerimento_no_03-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações a respeito de TFD-Tratamento Fora do Domicílio para os munícipes de Japaraíba.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/563/requerimento_no_04-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/563/requerimento_no_04-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado Ofício ao Chefe do Poder Executivo, solicitando informações a respeito da utilização/cessão de máquinas de propriedade do município para prestação de serviços particulares em terrenos localizados fora do município de Japaraíba.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/564/requerimento_no._05-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/564/requerimento_no._05-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo, solicitando que informe a esta Casa se é possível realizar a perfuração de um poço artesiano na Comunidade Capoeira Grande, Zona Rural, neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/565/requerimento_no._06-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/565/requerimento_no._06-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo, solicitando que preste informações a respeito da realização de medidas posteriores, considerando os julgamento dos processos administrativos 01 e 02/2023, onde as comissões de sindicâncias foram nomeadas através das portarias 018 e 019/2023.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo, solicitando que preste informações a esta Casa a respeito da emenda parlamentar no valor de R$ 369.799,00 (trezentos e sessenta e nove mil, setecentos e noventa e nove reais), destinada a este município pelo Deputado Federal Newton Júnior, para que fosse realizada reforma total da Praça André e Chiquinha, neste municíoio de Japaraíba.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/567/requerimento_no_08-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/567/requerimento_no_08-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando que informe a esta Casa Legislativa se é possível atuar perante a CEMIG S/A, no intuito de obter melhorias na rede elétrica no Distrito de Capoeirão.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/568/requerimento_no_09-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/568/requerimento_no_09-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Diretor da Empresa Raízen Energia S/A, Unidade de Lagoa da Prata, perguntando se existe a possibilidade de se construir uma rotatória na estrada que liga Japaraíba a São Domingos do Cruzeiro.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/569/requerimento_no._10-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/569/requerimento_no._10-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo, solicitando informações  a respeito do cumprimento das emendas impositivas indicadas para o exercício de 2023.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/570/requerimento_no._11-24_-_geraldo_alexandre_e_silvio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/570/requerimento_no._11-24_-_geraldo_alexandre_e_silvio.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações a respeito do estado de conservação dos veículos, principalmente da educação e da saúde.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/571/requerimento_no._012-24_-_noeli.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/571/requerimento_no._012-24_-_noeli.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações se é possível encaminhar a esta Casa Projeto de Lei assegurando aos servidores públicos todos os direitos funcionais que foram suspensos durante a pandemia, a exemplo da contagem de tempo de prazo para concessão de quinquênio e demais mecanismos.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/572/requerimento_no._013-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/572/requerimento_no._013-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando que complemente informações a esta Casa, prestadas através da resposta ao requerimento nº 06/2024, a respeito do processo administrativo 01/2023.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/573/requerimento_no._014-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/573/requerimento_no._014-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando ao mesmo que complemente informações a esta Casa prestadas através da resposta ao requerimento de nº 07/24, a respeito da emenda parlamentar enviada a este Município pelo Deputado Federal Newton Junior, no intuito de se reformar a Praça André e Chiquinha.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/574/requerimento_no._015-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/574/requerimento_no._015-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações a respeito da construção da quadra ao lado da Escola Municipal Paulo Jacinto de Mendonça, neste município de Japaraíba.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/575/requerimento_no._016-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/575/requerimento_no._016-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações da notícia fato instaurada pelo Ministério Público de Minas Gerais, de nº 0372.24.000006-0, a respeito da poda de uma árvore localizada a poucos metros da residência do Sr. Salvador, na comunidade de Bonifácio, neste município de Japaraíba.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/576/requerimento_no._017-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/576/requerimento_no._017-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, requerendo informações a respeito da possibilidade do município de Japaraíba realizar a plotagem de todos os veículos de propriedade do município de Japaraíba.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/577/requerimento_no._018-24_-_alexandre_claudio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/577/requerimento_no._018-24_-_alexandre_claudio.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando que seja encaminhado a esta Casa, cópia de toda documentação preliminar que instruiu a Lei Municipal 743/2007.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/578/requerimento_no._019-24_-_alexandre_claudio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/578/requerimento_no._019-24_-_alexandre_claudio.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando que seja encaminhado a esta Casa cópia integral dos seguintes procedimentos licitatórios: 1) Processo Licitatório nº 338/2023, Tomada de Preços nº 08/2023 e 2) Processo Licitatório nº 220/2023, Pregão Eletrônico nº 060/2023.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/579/requerimento_no._020-24_-_rosilaine.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/579/requerimento_no._020-24_-_rosilaine.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Sr. Fernando de Castro Bernardes, Consultor Previdenciário do FUPRESJA-Fundo de Previdência Social de Japaraíba, solicitando que o mesmo informe a esta Casa Legislativa se os repasses de responsabilidade do Município de Japaraíba ao Fundo de Previdência Social de Japaraíba estão regularizados.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/580/requerimento_no._021-24_-_rosilaine.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/580/requerimento_no._021-24_-_rosilaine.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações referentes ao fornecimento de filtro solar para pessoas cadastradas no município, que atualmente não estão recebendo.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/581/requerimento_no._22-24_-_rosilaine.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/581/requerimento_no._22-24_-_rosilaine.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações a respeito dos procedimentos que são adotados  para a elaboração das provas de processo seletivo  para contratação temporária.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/582/requerimento_no._023-24-_rosilaine.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/582/requerimento_no._023-24-_rosilaine.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações se é possível realizar manutenção na estrada rural que liga a cidade de Japaraíba à comunidade de Capoeira Grande.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/583/requerimento_no._024-24_-_rosilaine.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/583/requerimento_no._024-24_-_rosilaine.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando que preste informações a respeito das atividades da ARJA-Associação de Recicláveis de Japaraíba.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>FOTC - Finanças, Orçamento e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/584/requerimento_no._025-24_-_comissoes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/584/requerimento_no._025-24_-_comissoes.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, em relação ao Projeto de Lei nº 17/2024, que "altera as alíquotas de contribuição suplementar previdenciárias devidas pelo município ao Regime Próprio de Previdência Social - RPPS". que seja enviado a esta Casa o Cálculo Atuarial Anual, realizado por empresa especializada.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/585/requerimento_no._026-24_-_comissoes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/585/requerimento_no._026-24_-_comissoes.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício a Sra. Taciana Cássia Silva Amaral, Secretária Municipal de Administração, a convocando para prestar esclarecimentos em relação ao Projeto de Lei Complementar nº 04/2024, que "extingue, altera número de vagas e cria cargos no quadro geral de provimento efetivo, alterando dispositivos das Leis Complementares nºs 016/2006, 018/2007, 025/2008, 036/2011, 040/2013, 047/2016, 051/2018, 063/2022 e 067/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/586/requerimento_no._027-24.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/586/requerimento_no._027-24.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações se é possível aumentar a faixa de isenção de contribuição para o custeio do serviço de iluminação pública, passando de 40,00 kwh para 50,00 kwh.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/587/requerimento_no._028-24_-_rosilaine_e_leco.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/587/requerimento_no._028-24_-_rosilaine_e_leco.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações a respeito de como tem sido realizada a destinação de todo resíduo sólido urbano produzido no município de Japaraíba.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/588/requerimento_no._029-24_-_geraldo_alexandre_e_silvio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/588/requerimento_no._029-24_-_geraldo_alexandre_e_silvio.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações a respeito do aterro controlado existente neste município e sobre a coleta seletiva.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/589/requerimento_no._030-24_-_rosilaine.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/589/requerimento_no._030-24_-_rosilaine.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações a respeito da existência de casa de apoio em Divinópolis e Belo Horizonte.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/590/requerimento_no._31-24_-_rosilaine.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/590/requerimento_no._31-24_-_rosilaine.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, para que preste informações a esta Casa a respeito do fornecimento e da utilização de EPI's por parte dos servidores do Poder Executivo de Japaraíba.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/591/requerimento_no._032-24_-_rosilaine.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/591/requerimento_no._032-24_-_rosilaine.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, para que o mesmo preste informações a respeito dos repasses das emendas impositivas previstas para 2024 para as associações/entidades de Japaraíba.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando que o mesmo informe se existe contrato vigente com alguma empresa para destinação de todo resíduo sólido urbano produzido no Município de Japaraíba.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/593/requerimento_no._034-24_-_rosilaine.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/593/requerimento_no._034-24_-_rosilaine.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações a respeito do fornecimento de medicação de uso contínuo à população pela "farmacinha municipal".</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/594/requerimento_no._035-24_-_jose_carlos.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/594/requerimento_no._035-24_-_jose_carlos.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando que o mesmo informe se é possível realizar intervenção perante a ARJA para a retirada do lixo existente na sede daquela associação ou, até mesmo, para que informe se é possível, diante da omissão da ARJA, realizar intervenção naquele local, retirando o lixo e dando a destinação correta.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/595/requerimento_no._036-24_-_geraldo_alexandre.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/595/requerimento_no._036-24_-_geraldo_alexandre.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando que o mesmo preste informações a esta Casa sobre as emendas parlamentares destinadas pelo Deputado Estadual Arnaldo Silva.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/596/requerimento_no._037-24_rosilaine.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/596/requerimento_no._037-24_rosilaine.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando que o mesmo preste informações a respeito da reforma da Praça de Esportes do Município de Japaraíba.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/597/requerimento_no._038-24_-_rosilaine.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/597/requerimento_no._038-24_-_rosilaine.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando que o mesmo preste informações a respeito do fornecimento de Kits maternidade e cestas básicas para os munícipes em situação de vulnerabilidade.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/598/requerimento_no._039-24_-_jose_carlos.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/598/requerimento_no._039-24_-_jose_carlos.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício à Sra. Quelli Cássia Couto - Secretária Municipal de Saúde, convocando-a para prestar esclarecimentos a respeito da pasta da saúde, especificamente em relação aos medicamentos fornecidos pela farmacinha e sobre os serviços odontológicos oferecidos pelo município.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/599/requerimento_no._040-24_-_maciel.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/599/requerimento_no._040-24_-_maciel.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações com respeito a possibilidade do município apresentar projeto de lei visando a regularização de imóveis, se utilizando da Lei do REURB, de imóveis localizados em Japaraíba, ainda não regularizados pelos proprietários de fato.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/600/requerimento_no._041-24_-_geraldo_alexandre_e_silvio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/600/requerimento_no._041-24_-_geraldo_alexandre_e_silvio.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações a respeito da construção da UBS de Capoeirão, neste município de Japaraíba.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/601/requerimento_no._042-24_-_geraldo_alexandre.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/601/requerimento_no._042-24_-_geraldo_alexandre.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações a respeito do termo de compromisso firmado entre o Executivo Municipal e o Ministério Público, por meio do qual comprometeu-se a implementar ações de manejo populacional de cães e gatos em Japaraíba.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/602/requerimento_no._043-24_-_geraldo_alexandre.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/602/requerimento_no._043-24_-_geraldo_alexandre.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações a respeito do cálculo do resultado primário referente ao município de Japaraíba, neste ano de 2024, até a presente data.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/603/requerimento_no._044_-_24_-_geraldo_alexandre.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/603/requerimento_no._044_-_24_-_geraldo_alexandre.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício ao Chefe do Poder Executivo Municipal, solicitando informações e documentos a respeito das contratações das empresas Assessoria de MKE e Eventos Ltda, CNPJ nº 49.360.121/0001-33 e Daniel Levi da Costa Vicente Ltda. CNPJ nº 36.494.824/0001-02.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1212,68 +1212,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/604/indicacao_no._01-24.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/605/indicacao_no._02-24.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/606/indicacao_no._03-24.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/607/indicacao_no._04-24.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/608/indicacao_no._05-24.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/609/indicacao_no._06-24.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/610/indicacao_no._07-24.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/611/indicacao_no._08-24_-_geraldo_alexandre.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/612/indicacao_no._09-24_-_noeli.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/613/indicacao_no._010-24_-_eliana_e_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/614/indicacao_no._011-24_-_silvio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/615/indicacao_no._012-24.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/616/indicacao_no._013-24.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/617/indicacao_no._014-24_-_silvio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/618/indicacao_no._015-24_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/619/indicacao_no._016-24_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_no._017-24.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/621/indicacao_no._018-24.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/622/indicacao_no._019-24_-_artur.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/623/indicacao_no._020-24_-_artur.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/624/indicacao_no._021-24_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/625/indicacao_no._022-24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/626/indicacao_no._023-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/627/indicacao_no._024-24_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/628/indicacao_no._025-24_-_silvio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/629/indicacao_no._26-24_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/630/indicacao_no._027-24_-_noeli.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/631/indicacao_no._028-24_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/632/indicacao_no._029-24_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/560/requerimento_no_01-24_-_alexandre_claudio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/561/requerimento_no_02-24_-_alexandre_claudio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/562/requerimento_no_03-24.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/563/requerimento_no_04-24.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/564/requerimento_no._05-24.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/565/requerimento_no._06-24.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/567/requerimento_no_08-24.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/568/requerimento_no_09-24.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/569/requerimento_no._10-24.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/570/requerimento_no._11-24_-_geraldo_alexandre_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/571/requerimento_no._012-24_-_noeli.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/572/requerimento_no._013-24.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/573/requerimento_no._014-24.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/574/requerimento_no._015-24.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/575/requerimento_no._016-24.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/576/requerimento_no._017-24.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/577/requerimento_no._018-24_-_alexandre_claudio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/578/requerimento_no._019-24_-_alexandre_claudio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/579/requerimento_no._020-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/580/requerimento_no._021-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/581/requerimento_no._22-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/582/requerimento_no._023-24-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/583/requerimento_no._024-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/584/requerimento_no._025-24_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/585/requerimento_no._026-24_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/586/requerimento_no._027-24.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/587/requerimento_no._028-24_-_rosilaine_e_leco.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/588/requerimento_no._029-24_-_geraldo_alexandre_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/589/requerimento_no._030-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/590/requerimento_no._31-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/591/requerimento_no._032-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/593/requerimento_no._034-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/594/requerimento_no._035-24_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/595/requerimento_no._036-24_-_geraldo_alexandre.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/596/requerimento_no._037-24_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/597/requerimento_no._038-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/598/requerimento_no._039-24_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/599/requerimento_no._040-24_-_maciel.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/600/requerimento_no._041-24_-_geraldo_alexandre_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/601/requerimento_no._042-24_-_geraldo_alexandre.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/602/requerimento_no._043-24_-_geraldo_alexandre.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/603/requerimento_no._044_-_24_-_geraldo_alexandre.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/604/indicacao_no._01-24.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/605/indicacao_no._02-24.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/606/indicacao_no._03-24.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/607/indicacao_no._04-24.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/608/indicacao_no._05-24.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/609/indicacao_no._06-24.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/610/indicacao_no._07-24.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/611/indicacao_no._08-24_-_geraldo_alexandre.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/612/indicacao_no._09-24_-_noeli.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/613/indicacao_no._010-24_-_eliana_e_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/614/indicacao_no._011-24_-_silvio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/615/indicacao_no._012-24.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/616/indicacao_no._013-24.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/617/indicacao_no._014-24_-_silvio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/618/indicacao_no._015-24_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/619/indicacao_no._016-24_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_no._017-24.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/621/indicacao_no._018-24.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/622/indicacao_no._019-24_-_artur.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/623/indicacao_no._020-24_-_artur.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/624/indicacao_no._021-24_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/625/indicacao_no._022-24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/626/indicacao_no._023-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/627/indicacao_no._024-24_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/628/indicacao_no._025-24_-_silvio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/629/indicacao_no._26-24_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/630/indicacao_no._027-24_-_noeli.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/631/indicacao_no._028-24_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/632/indicacao_no._029-24_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/560/requerimento_no_01-24_-_alexandre_claudio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/561/requerimento_no_02-24_-_alexandre_claudio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/562/requerimento_no_03-24.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/563/requerimento_no_04-24.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/564/requerimento_no._05-24.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/565/requerimento_no._06-24.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/567/requerimento_no_08-24.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/568/requerimento_no_09-24.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/569/requerimento_no._10-24.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/570/requerimento_no._11-24_-_geraldo_alexandre_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/571/requerimento_no._012-24_-_noeli.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/572/requerimento_no._013-24.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/573/requerimento_no._014-24.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/574/requerimento_no._015-24.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/575/requerimento_no._016-24.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/576/requerimento_no._017-24.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/577/requerimento_no._018-24_-_alexandre_claudio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/578/requerimento_no._019-24_-_alexandre_claudio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/579/requerimento_no._020-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/580/requerimento_no._021-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/581/requerimento_no._22-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/582/requerimento_no._023-24-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/583/requerimento_no._024-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/584/requerimento_no._025-24_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/585/requerimento_no._026-24_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/586/requerimento_no._027-24.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/587/requerimento_no._028-24_-_rosilaine_e_leco.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/588/requerimento_no._029-24_-_geraldo_alexandre_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/589/requerimento_no._030-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/590/requerimento_no._31-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/591/requerimento_no._032-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/593/requerimento_no._034-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/594/requerimento_no._035-24_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/595/requerimento_no._036-24_-_geraldo_alexandre.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/596/requerimento_no._037-24_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/597/requerimento_no._038-24_-_rosilaine.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/598/requerimento_no._039-24_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/599/requerimento_no._040-24_-_maciel.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/600/requerimento_no._041-24_-_geraldo_alexandre_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/601/requerimento_no._042-24_-_geraldo_alexandre.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/602/requerimento_no._043-24_-_geraldo_alexandre.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2024/603/requerimento_no._044_-_24_-_geraldo_alexandre.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="44.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>