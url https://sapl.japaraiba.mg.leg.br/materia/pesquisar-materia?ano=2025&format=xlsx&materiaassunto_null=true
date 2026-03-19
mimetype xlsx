--- v0 (2026-01-22)
+++ v1 (2026-03-19)
@@ -54,2585 +54,2585 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emendas a Projetos de Leis</t>
   </si>
   <si>
     <t>LJR - Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/863/emenda_modificativa_ao_pl_025-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/863/emenda_modificativa_ao_pl_025-25.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº. 01 ao Projeto de Lei nº. 025/2025_x000D_
 Art. 1º Altera a Redação do Parágrafo único do art. 4º do referido Projeto, sendo que, os demais parágrafos e artigos permanecem inalterados:_x000D_
 _x000D_
 “ (...)_x000D_
 _x000D_
 Art.4º (...)_x000D_
 _x000D_
 Parágrafo único – Para fins de acompanhamento e controle institucional, o relatório consolidado das despesas realizadas sob o Regime de Pronto Pagamento, deverá ser enviado, mensalmente, ao Gabinete do Prefeito e a Câmara Municipal de Vereadores de Japaraíba. _x000D_
 _x000D_
 (...)”</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>CÉLIO BATISTA DE SOUSA, AURÉLIO MARTINS DOS SANTOS, NILVAN TEODORO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/emenda_lei_organica_no._01-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/emenda_lei_organica_no._01-25.pdf</t>
   </si>
   <si>
     <t>Emenda a Lei Orgânica nº. 01/2025.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>ELIANA APARECIDA LOPES ANDRADE</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/emenda_ao_projeto_de_lei_no._045-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/emenda_ao_projeto_de_lei_no._045-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº. 01 ao Projeto de Lei nº. 045/2025.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>MARCELO JORGE TEIXEIRA</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/</t>
   </si>
   <si>
     <t>EMENDA N.º 01 - ADITIVA_x000D_
 _x000D_
  	Art. 1º Acrescenta o artigo 3º ao referido projeto de Lei, sendo que os demais artigos permanecem inalterados, sendo apenas renumerados:_x000D_
 _x000D_
 “Art. 3º Fica proibida a obstrução das estradas rurais principais e secundárias localizadas neste Município, com a instalação de porteiras, colchetes e similares, exceto a instalação de mata-burros, que são utilizados para impedir a passagem de animais para a propriedade vizinha”.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>FOTC - Finanças, Orçamento e Tomada de Contas, LJR - Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/878/emenda_modificativa_01_e_02_ao_projeto_de_03-2025.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/878/emenda_modificativa_01_e_02_ao_projeto_de_03-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA N.º 01 - MODIFICATIVA_x000D_
 _x000D_
  	Art. 1º Altera a Redação do §1º, do art. 1º, do referido Projeto, sendo que, os demais parágrafos e incisos permanecem inalterados:_x000D_
 _x000D_
 _x000D_
 “ (...)_x000D_
 _x000D_
 § 1º - A celebração de acordos para a solução consensual de controvérsias dependerá da prévia análise de sua vantajosidade e viabilidade jurídica, a juízo da Comissão de que trata o artigo 3º desta Lei, observado:_x000D_
 _x000D_
 (...)_x000D_
 _x000D_
 _x000D_
  	_x000D_
  	EMENDA N.º 02 - MODIFICATIVA_x000D_
 _x000D_
  	Art. 1º Altera a Redação do parágrafo único do art. 3º, sendo que, os demais artigos que compõem o projeto permanecem inalterados:_x000D_
 _x000D_
 _x000D_
 “ Art. 3º (...)_x000D_
 _x000D_
 Parágrafo único. A Comissão de que trata o caput será composta por 03 (três) servidores, sendo 02 (dois) servidores efetivos e o Assessor Jurídico do Município que estiver nomeado para o cargo, que também deverá presidir a Comissão. _x000D_
 _x000D_
 (...)</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>LJR - Legislação, Justiça e Redação, FOTC - Finanças, Orçamento e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/905/emenda_modificativa_no._01_ao_plc_06-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/905/emenda_modificativa_no._01_ao_plc_06-25.pdf</t>
   </si>
   <si>
     <t>EMENDA N.º 01 - MODIFICATIVA AO PROJETO DE LEI COMPLEMENTAR Nº. 06/2025_x000D_
 _x000D_
  	Art. 1º Altera a Redação do Parágrafo único do art. 1º do referido Projeto, que se refere ao art. 131-A da LCM 28/2009, sendo que, o restante do projeto permanece inalterado:_x000D_
 _x000D_
 _x000D_
 “ Art. 131-A (...)_x000D_
 _x000D_
 Parágrafo único – Entende-se como servidor público municipal aqueles admitidos por concurso público de provas e títulos, aqueles admitidos através de contrato administrativo, agentes públicos, agentes políticos, ocupantes de cargo em comissão ou de confiança. ”</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/926/emendas_ao_projeto_034-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/926/emendas_ao_projeto_034-25.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa e Supressiva 02, Supressiva 03 e Modificativa 04  ao Projeto de Lei nº. 034/25 que "Estabelece largura mínima das estradas rurais principais e secundárias".</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>14525</t>
   </si>
   <si>
     <t>CÉLIO BATISTA DE SOUSA, AURÉLIO MARTINS DOS SANTOS, ELIANA APARECIDA LOPES ANDRADE, JOSÉ RONALDO DE MELO, MARCELO JORGE TEIXEIRA, MARDEM BRAGA DE OLIVEIRA, MATILDES FERNANDES PEREIRA DE ANDRADE, NILVAN TEODORO DA SILVA, SEBASTIÃO JOSÉ LOPES</t>
   </si>
   <si>
     <t>Emenda Impositiva nº. 01 ao Projeto de Lei nº. 045/2025.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>24525</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/emenda_impositiva_no._02.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/emenda_impositiva_no._02.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº. 02 ao Projeto de Lei nº. 045/2025.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>NILVAN TEODORO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_60-25_-_postes_nilvan_e_mardem.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_60-25_-_postes_nilvan_e_mardem.doc</t>
   </si>
   <si>
     <t>Os Vereadores signatários, no uso das atribuições que lhes confere o art. 94 do Regimento Interno, INDICAM ao Executivo Municipal, a necessidade de se instalar postes de energia com iluminação pública na Rua Antônio Martins Sobrinho, Capoeirão, neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>MATILDES FERNANDES PEREIRA DE ANDRADE</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_61-25_-_triturador_matildes.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_61-25_-_triturador_matildes.doc</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso das atribuições que lhe confere o art. 94 do Regimento Interno, INDICA ao Executivo Municipal, a necessidade de se adquirir uma máquina trituradora (fragmentadora) de papéis para utilização na Prefeitura Municipal de Japaraíba.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_62-25_-_trevo_nilvan.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_62-25_-_trevo_nilvan.doc</t>
   </si>
   <si>
     <t>Os Vereadores signatários, no uso das atribuições que lhes conferem o art. 94 do Regimento Interno, INDICAM ao Executivo Municipal, a necessidade de se remodelar o trevo da MG 170, que dá acesso a Capoeirão, neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_63-25-_aguar_raizen.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_63-25-_aguar_raizen.doc</t>
   </si>
   <si>
     <t>Os Vereadores signatários, no uso das atribuições que lhes confere o art. 94 do Regimento Interno, INDICAM ao Executivo Municipal, que intervenha perante a empresa Raizen S.A., para que a citada empresa possa ajudar no controle da poeira produzida nas estradas rurais neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>AURÉLIO MARTINS DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao__64_-25_-_troca_de_pv_aurelio.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao__64_-25_-_troca_de_pv_aurelio.doc</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso das atribuições que lhe confere o art. 94 do Regimento Interno, INDICA ao Executivo Municipal, a necessidade de se finalizar a substituição das atuais tampas de PV de concreto para as tampas de ferro, em toda cidade de Japaraíba e Capoeirão.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_65-25_-_arborizacao_aurelio.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_65-25_-_arborizacao_aurelio.doc</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso das atribuições que lhe confere o art. 94 do Regimento Interno, INDICA ao Executivo Municipal, a necessidade de se arborizar a cidade de Japaraiba e o Distrito de Capoeirão.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_66-25_-_ponto_de_espera_de_ambulancia_nilvan_1.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_66-25_-_ponto_de_espera_de_ambulancia_nilvan_1.doc</t>
   </si>
   <si>
     <t>Os Vereadores signatários, no uso das atribuições que lhes confere o art. 94 do Regimento Interno, INDICAM ao Executivo Municipal, a necessidade de se implantar mais um ponto de espera no Distrito de Capoeirão para a população que aguarda o transporte público municipal de saúde.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Celio Batista de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_no._067-25_-_celio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_no._067-25_-_celio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, para que seja criado neste Município de Japaraíba um Centro de Convivência de Idosos.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_no._068-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_no._068-25.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, para que atue perante as operadoras de telefonia VIVO e CLARO, no intuito de obter melhorias no sinal da rede móvel captada no Distrito de Capoeirão. Autoria dos Vereadores: Nilvan Teodoro da Silva e Mardem Braga de Oliveira.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no._069-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no._069-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se realizar a construção de um portal no trevo de entrada da cidade de Japaraíba.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/875/indicacao_no._070-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/875/indicacao_no._070-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo Municipal, a necessidade de que seja realizada obra para promover o escoamento da água que fica parada na Rua Maria Madalena, em frente ao número 84, bairro São José, nesta cidade de Japaraiba.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/876/inidicacao_no._071-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/876/inidicacao_no._071-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se promover a extensão da pavimentação e da rede de iluminação na Rua Adelino Rodrigues, mais especificamente em direção ao galpão do Alisson.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no._072-25_-_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no._072-25_-_aurelio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se realizar a poda da árvore de abacate que fica no pátio da Escola Municipal José Eustáquio Borges, em Capoeirão.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>MARCELO JORGE TEIXEIRA, Celio Batista de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_073-25_-_marcelo_e_celio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_073-25_-_marcelo_e_celio.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de se realizar a implantação de Projetos de Hortas Comunitárias na cidade de Japaraíba e no Distrito de Capoeirão.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Celio Batista de Sousa, AURÉLIO MARTINS DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/903/indicacao_074-25_-_celio_e_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/903/indicacao_074-25_-_celio_e_aurelio.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, que no decorrer da festa “Japaraíba Rodeio Show 2025”, onde a entrada é totalmente gratuita, que incentive a população a doar 01 kg de alimento não perecível para ser repassado à APAE (Associação de Pais e Amigos dos Excepcionais de Japaraíba).</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/904/indicacao_075-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/904/indicacao_075-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal que sejam tomadas providências urgentes quanto à necessidade de reforma e melhorias na infraestrutura da Escola São Simão, situada no bairro São José, ou, se for o caso, a construção de uma nova unidade escolar, em consonância com as demandas dos alunos, funcionários e da rede municipal de ensino.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>SEBASTIÃO JOSÉ LOPES</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_no._076-25_-_sebastiao.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_no._076-25_-_sebastiao.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal a necessidade de se promover manutenção e limpeza no cemitério municipal.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_no._077-25_-_sebastiao.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_no._077-25_-_sebastiao.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal a necessidade de que o Chefe do Poder Executivo intervenha para que o proprietário do Imóvel alugado para realização da Feirinha Municipal realize a troca das portas dos banheiros do local.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/916/inidicacao_no._078-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/916/inidicacao_no._078-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal a necessidade de se retornar com o programa “Minas Olímpico” em nosso Município, com foco na promoção do esporte, lazer e inclusão social para crianças, adolescentes e jovens.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>MATILDES FERNANDES PEREIRA DE ANDRADE, Celio Batista de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no._079-25_-_matildes_e_celio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no._079-25_-_matildes_e_celio.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal a necessidade de se se estender a pavimentação asfáltica e a rede de iluminação pública nos trechos finais da Avenida Francisco Tavares de Morais e Rua Maria Madalena, centro, neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no._080-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no._080-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo Municipal a instalação de câmeras de segurança nas repartições das Escolas e CEMEIS Municipais, nas áreas internas e externas, com a finalidade de garantir a segurança de alunos, professores, servidores e demais usuários da unidade educacional.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_no._081-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_no._081-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal a necessidade de se promover a substituição dos relógios de ponto em todos os setores da Administração Pública Municipal onde estes equipamentos não estejam funcionando adequadamente.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_no._082-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_no._082-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se incluir na Lei Municipal n.º 1.202/2023 previsão para que o Município possa fornecer a borracha protetora (Liner) para pessoas amputadas, em situação de vulnerabilidade sócio econômica, residentes neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_no._083-25-_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_no._083-25-_aurelio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se realizar campanha educativa junto a população de Japaraíba, Capoeirão e Zona Rural conscientizando sobre a coleta seletiva e informando os dias e pontos de coleta.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>NILVAN TEODORO DA SILVA, MARDEM BRAGA DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no._084-25_-_nilvan_e_mardem.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no._084-25_-_nilvan_e_mardem.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de se colocar em funcionamento uma caixa d’água construída recentemente em Capoeirão, Município de Japaraíba.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>MARDEM BRAGA DE OLIVEIRA, NILVAN TEODORO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no._085-25_-_mardem_e_nilvan.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no._085-25_-_mardem_e_nilvan.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de se refazer um redutor de velocidade (lombada) de terra, localizado na Rua Três, em Capoeirão, Município de Japaraíba.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no._086-25_-_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no._086-25_-_aurelio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se realizar limpeza das barraginhas de contenção das enxurradas localizadas na zona rural deste Município de Japaraíba.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_no._087-25_-_sebastiao.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_no._087-25_-_sebastiao.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se realizar a substituição do atual mata burro localizado na estrada principal de Ponte Velha, mais especificamente, na propriedade da Marli do Geraldinho Lopes, por mata burro de cimento.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_no._088-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_no._088-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de realizar intervenção perante ao DER/MG para que se realize estudo sobre a redução de velocidade na AMG-2025, desde antes da curva do Complexo de Lazer José Virgílio dos Santos, até a entrada efetiva da cidade, e para que promova as alterações e intervenções necessárias, visando a segurança dos motoristas e dos Munícipes.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no._089-25_celio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no._089-25_celio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, que analise a possibilidade de se retomar com as aulas de zumba no Complexo Municipal de Lazer José Virgílio dos Santos, neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_no._090-25_-_celio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_no._090-25_-_celio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se instalar “Guard Rails” ou Defensas Métalicas na AMG-2025 que chega em Japaraíba, na altura da curva do Complexo de Lazer José Virgílio dos Santos.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no._091-25_-_matildes_e_celio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no._091-25_-_matildes_e_celio.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de se providenciar a instalação de uma lixeira de grande porte na Rua Juca Militão, ao lado ou em frente ao mata-burro que dá acesso a saída para a localidade dos Perobas, zona rural de Japaraíba.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_no._092-25_-_nilvan_e_mardem.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_no._092-25_-_nilvan_e_mardem.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de implantar um sistema de irrigação anual em todos os Campos do Município.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_no._093-25_-_celio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_no._093-25_-_celio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se realizar a limpeza da Rua F, bairro Maria Madalena, nesta cidade de Japaraíba.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/945/indicacao_no._094-25_-_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/945/indicacao_no._094-25_-_aurelio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se construir um parquinho para recreação das crianças no espaço existente entre o campo municipal de Capoeirão e o Poliesportivo, estendendo, ainda, a rede de iluminação para todo o local.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_no._095-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_no._095-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de demarcar, com placas e pintura de chão, a proibição de estacionar na Rua Antônio Florência Dias, em frente a Policlínica (Unidade Básica de Saúde).</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no._096-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no._096-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se disponibilizar transporte em dois horários (manhã e tarde) para os usuários do SUS que realizam tratamento na cidade de Divinópolis.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_no._097-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_no._097-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se instalar um redutor de velocidade (quebra mola) em frente à Escola Padre Pedro Lamberti, Praça Dom Manuel, e também na Avenida Francisco Tavares de Morais, entre a Loja D’Tom e esquina em direção à Praça Dom Manuel.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/953/indicacao_no._098-25_-_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/953/indicacao_no._098-25_-_aurelio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se reformar os colchões que são utilizados pelos atletas de atletismo de Japaraíba.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_no._099-25_-_mardem_e_nilvan.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_no._099-25_-_mardem_e_nilvan.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de intervenção perante a Companhia Energética de Minas Gerais - CEMIG, para que que esta realize a substituição do transformador que fica localizado na Rua 3, em frente ao número 50, Distrito de Capoeirão, Município de Japaraíba.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_no._100-25_-_mardem_e_nilvan.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_no._100-25_-_mardem_e_nilvan.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de se disponibilizar monitores nos ônibus que fazem o transporte público escolar neste Município, além de ser disponibilizadas cadeirinhas para as crianças, de acordo com as idades.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/968/indicacao_no._101-25_-_mardem_e_nilvan.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/968/indicacao_no._101-25_-_mardem_e_nilvan.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a necessidade de se providenciar a construção de uma casa de bombas na piscina, localizada na Praça de Esportes Padre José Tavares de Moraes, neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>AURÉLIO MARTINS DOS SANTOS, Celio Batista de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/972/indicacao_no._102-25_-_aurelio_e_celio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/972/indicacao_no._102-25_-_aurelio_e_celio.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de se realizar intermédio com a Justiça Eleitoral no sentido de se trazer em Japaraíba um posto itinerante para o cadastramento biométrico nos munícipes.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_no._103_-_25_marcelo.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_no._103_-_25_marcelo.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de providenciar o início de processo de compostagem do lixo orgânico doméstico, neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_no._104-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_no._104-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo Municipal, que determine ao setor competente a realização de serviços de tapa-buracos e recuperação de pavimentação na Rua Adelino Rodrigues, bairro André e Chiquinha, nesta cidade de Japaraíba.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_no._105-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_no._105-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo Municipal, que determine ao setor competente, seja Departamento de Meio Ambiente ou Secretaria de Obras e Serviços Urbanos, a realização de vistoria técnica, avaliação e posterior supressão de árvores mortas, localizadas na Praça do Bairro São José e na Praça do Bairro André e Chiquinha, nesta cidade de Japaraíba.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_no._106-25_-_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_no._106-25_-_aurelio.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de realizar a limpeza do terreno urbano de propriedade do Município, localizado em Capoeirão, na Rua 1, ao lado da creche municipal “Dona Zizica”.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>MARDEM BRAGA DE OLIVEIRA, AURÉLIO MARTINS DOS SANTOS, NILVAN TEODORO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_no._107-25_-_mardem_nilvan_e_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_no._107-25_-_mardem_nilvan_e_aurelio.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de se fazer a retirada e dar destinação a caixa d’água inativada, instalada na Rua 3, Capoeirão, neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_no._108-25_-_mardem_nilvan_e_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_no._108-25_-_mardem_nilvan_e_aurelio.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de se realizar a poda de árvore de grande porte e supressão de árvores, localizadas no Distrito de Capoeirão, neste Município de Japaraíba</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_no._109-25_-_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_no._109-25_-_aurelio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de realizar a limpeza do terreno urbano de propriedade do Município, localizado na Avenida Olegário Bernardes Amorim, entre a Ascult e as caixas d’água, em frente ao salão Vicentino, nesta cidade de Japaraíba.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_no._110-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_no._110-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo Municipal que seja realizado por meio da Secretaria de Obras providências necessárias para a substituição das lâmpadas queimadas e manutenção da iluminação pública da Praça André e Chiquinha, nesta cidade de Japaraíba.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/998/indicacao_111-25_-_creche_reforma_capoeirao_marden_e_nilvan.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/998/indicacao_111-25_-_creche_reforma_capoeirao_marden_e_nilvan.doc</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de se realizar reforma, inclusive com pintura e substituição de alguns móveis, na Creche Dona Zizica, Capoeirão, neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_no._112-25_-_nilvan_e_mardem.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_no._112-25_-_nilvan_e_mardem.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de que sejam instaladas lixeiras na Praça da Família e na Praça Antônio Augusto, em Capoeirão, Município de Japaraíba.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no._113-25_-_nilvan_e_mardem.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no._113-25_-_nilvan_e_mardem.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Executivo Municipal, a necessidade de realizar reforma em ponte localizada na estrada que dá sentido à Comunidade de Carlos Bernardes, Município de Japaraíba.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no._114-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no._114-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se realizar a sinalização horizontal e vertical nas ruas de Japaraíba, com especial atenção e urgência na Rua São Simão, esquina com Rua João Francisco Lopes.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_no._115-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_no._115-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, para que seja providenciada a Instalação de um BEBEDOURO de água potável, de maior capacidade, no Velório Municipal Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no._116-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no._116-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, que seja realizada a poda da árvore da espécie Tabebuia, localizada no Bairro São José, na Rua João Augusto, próximo ao nº 353, nesta cidade de Japaraíba, a pedido do morador, tendo em vista que a mesma se encontra em contato com a rede elétrica, causando riscos e prejudicando o fornecimento de energia.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no._117-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no._117-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, por meio da Secretaria de Obras, que sejam adotadas providências para instalação de proteção/guarda-corpo na ponte localizada na Rua Juquinha Lopes.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_no._118-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_no._118-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, através da Secretaria de Obras, que sejam tomadas as providências necessárias para a implantação de um jardim no canteiro central, localizado em frente ao Cemitério Municipal e o Cruzeiro.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_no._119-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_no._119-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, que sejam adotadas providências visando à Instalação de Câmera de Segurança em todas as repartições públicas e nos veículos oficiais do Município.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/indicacao_no._120-25_-_nilvan_e_mardem.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/indicacao_no._120-25_-_nilvan_e_mardem.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se realizar um estudo para que possam ser instalados redutores de velocidade na Rua Juca Militão, neste Município de Japaraíba.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/indicacao_no._121-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/indicacao_no._121-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de contratação de um médico ortopedista para atendimento direto em nosso município.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_no._122-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_no._122-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de realizar melhorias no Complexo de Lazer José Virgílio dos Santos, especificamente no campo Society, nesta cidade de Japaraíba.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_no._123-25_-_sebastiao.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_no._123-25_-_sebastiao.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de se promover a reforma dos muros do Pátio da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_no._124-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_no._124-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, que sejam adotadas as providências necessárias para garantir o Pagamento das férias proporcionais e do adicional de 1/3 de férias às professoras e professores contratados da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1051/indicacao_no._125-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1051/indicacao_no._125-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se contratar mais um profissional de fisioterapia para atender à demanda do Município de Japaraíba.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1052/indicacao_no._126-25_-_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1052/indicacao_no._126-25_-_aurelio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade do Município realizar a construção de um embarcador municipal de máquinas e caminhão.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_no._127-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_no._127-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, que avalie a possibilidade de promover a divulgação de mensagem institucional alusiva ao Natal e ao Ano Novo, por meio da utilização de OUTDOOR, direcionada à população do Município.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_no._128-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_no._128-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal, a necessidade de se retomar os atendimentos na piscina de hidroginástica em nosso Município de Japaraiba, atualmente desativada.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Célio Batista de Sousa, Aurélio Martins dos Santos, Eliana Aparecida Lopes Andrade, José Ronaldo de Melo, Marcelo Jorge Teixeira, Mardem Braga de Oliveira, Matildes Fernandes Pereira de Andrade, Nilvan Teodoro da Silva, Sebastião José Lopes</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/mocao_de_aplausos_no._01-25_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/mocao_de_aplausos_no._01-25_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos organizadores do Festival Mineiridades.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Geraldo Alexandre Lopes</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/850/ccf04062025.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/850/ccf04062025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração de dispositivos da Lei 16/2006 para alterar a jornada de trabalho do cargo público de Fisioterapeuta; os requisitos para os cargos de Operador de Máquina Pesada; Agente Comunitários de Saúde e de Endemias; Assistente Administrativo e Professor de Educação Básica – PEB-I.”</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_complementar_no._05-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_complementar_no._05-25.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação de gratificação de função de coordenador do programa bolsa família e cadastro único; coordenador da vigilância sanitária e dá outras providências”</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_lei_complementar_06-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_lei_complementar_06-25.pdf</t>
   </si>
   <si>
     <t>"Acrescenta dispositivos à LCM nº. 28/2009 para permitir a conversão de férias em abono pecuniário aos servidores públicos municipais".</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_complementar_09-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_complementar_09-25.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do inciso I do Art. 9º e do Art. 40 da Lei Complementar nº. 034, de 14 de setembro de 2010, que institui o Plano Diretor do Município de Japaraíba, e dá outras providências."</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/projeto_de_lei_complementar_no._010-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/projeto_de_lei_complementar_no._010-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivos da Lei 16/2006 para criar cargo de Tesoureiro; aumentar quantitativo de cargos de Técnico em Enfermagem e de Fiscal Municipal; aumentar quantitativo de cargo de Vice-Diretor de escola".</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/projeto_de_lei_complementar_no._011-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/projeto_de_lei_complementar_no._011-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de abono de natureza não salarial temporário e dá outras providências.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Celio Batista de Sousa, MARCELO JORGE TEIXEIRA, MATILDES FERNANDES PEREIRA DE ANDRADE, NILVAN TEODORO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/projeto_de_lei_complementar_no._012-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/projeto_de_lei_complementar_no._012-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de abono de natureza não salarial temporário aos servidores da Câmara Municipal de Japaraíba e dá outras providências.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/projeto_de_lei_complementar_no._013-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/projeto_de_lei_complementar_no._013-25.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 26 da Lei Complementar nº. 016, de 10 de fevereiro de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/892/projeto_de_lei_03-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/892/projeto_de_lei_03-25.pdf</t>
   </si>
   <si>
     <t>Autoriza os representantes da Fazenda Pública Municipal a celebrarem acordo em processos administrativos e transacionar em processos judiciais em que o município de Japaraíba for interessado, autor, réu ou tiverem interesse jurídico na qualidade de assistente ou oponente, dando outras providências.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/893/projeto_de_lei_no._022-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/893/projeto_de_lei_no._022-25.pdf</t>
   </si>
   <si>
     <t>Altera as alíquotas de contribuição suplementar previdenciária devidas pelo Município ao Regime Próprio de Previdência Social – RPPS.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_de_lei_025-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_de_lei_025-25.pdf</t>
   </si>
   <si>
     <t>“Institui no âmbito da administração pública municipal de Japaraíba/MG o regime de pronto pagamento para aquisição de bens e serviços de pequeno valor e dá outras providências”.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/895/projeto_de_lei_029-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/895/projeto_de_lei_029-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/843/projeto_de_lei_no._032-25_-_substitutivo.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/843/projeto_de_lei_no._032-25_-_substitutivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção às entidades que especifica e dá outras providências._x000D_
 _x000D_
 SUBSTITUTIVO</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/842/projeto_de_lei_no._033-25_-_substitutivo.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/842/projeto_de_lei_no._033-25_-_substitutivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização de trechos de vias públicas formalmente registradas como ruas._x000D_
 _x000D_
 SUBSTITUTIVO</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_no._034-25._pdf.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_no._034-25._pdf.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 034/25 que “Estabelece largura mínima das estradas rurais principais e secundárias”,</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_no._035-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_no._035-25.pdf</t>
   </si>
   <si>
     <t>"Altera o anexo II da Lei nº. 659/2005 que dispõe sobre o pagamento de diárias aos servidores públicos municipais."</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/901/projeto_de_lei_no._036-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/901/projeto_de_lei_no._036-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/920/projeto_de_lei_no._037-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/920/projeto_de_lei_no._037-25.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir bem imóvel que menciona destinado à ampliação do sistema de abastecimento público de água e dá outras providências.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/921/projeto_de_lei_038-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/921/projeto_de_lei_038-25.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção à entidade que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_039-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_039-25.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta de bem público imóvel urbano por área de terras localizada no território do município de Japaraíba e dá outras providências.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/927/projeto_de_lei__no._040-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/927/projeto_de_lei__no._040-25.pdf</t>
   </si>
   <si>
     <t>“Aprova o Contrato de Consórcio Público e o Estatuto Social do Consórcio Interfederativo Minas Gerais - CIMINAS e da Associação dos Municípios Integrados Minas Gerais – AMIMG, autorizando o ingresso do município de Japaraíba, estado de Minas Gerais, e dá outras providências.”</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_complementar_010-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_complementar_010-25.pdf</t>
   </si>
   <si>
     <t>"Concede anistia integral da multa e dispensa dos juros em tributos municipais devidos pelos contribuintes no município e dá outras providências."_x000D_
 Obs: Projeto de Lei Ordinária, número corrigido"041/2025".</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/946/projeto_de_lei_no._0042-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/946/projeto_de_lei_no._0042-25.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a outorgar em concessão de direito real de uso, imóvel público, para a Associação Comunitária Cultural de Japaraíba/MG - ASCULT e dá outras providências".</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_no._043-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_no._043-25.pdf</t>
   </si>
   <si>
     <t>Disciplina a participação do Município de Japaraíba/MG no consórcio público instituição de cooperação intermunicipal do médio Paraopeba - ICISMMEP, e dá outras providências.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/959/projeto_ppa.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/959/projeto_ppa.pdf</t>
   </si>
   <si>
     <t>Estabelece o Plano Plurianual do Município de Japaraíba para o período de 2026 a 2029 e define as metas e prioridades da administração pública municipal para o exercício de 2026.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_loa_2026.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_loa_2026.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Japaraíba para o exercício de 2026.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_no._047-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_no._047-25.pdf</t>
   </si>
   <si>
     <t>Institui Vale-Natalino aos servidores da Câmara Municipal de Japaraíba na forma como especifica e dá outras providências.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_no._048-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_no._048-25.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder à distribuição de lotes na área industrial do Município de Japaraíba/MG, concede incentivos fiscais e dá outras providências.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_lei_no._049-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_lei_no._049-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Japaraíba a campanha de prevenção ao câncer de próstata - novembro azul e dá outras providências.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_lei_no._050-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_lei_no._050-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal nº. 1.280/25 e dá outras providências.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/projeto_de_lei_no._051-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/projeto_de_lei_no._051-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/projeto_de_lei_no._052-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/projeto_de_lei_no._052-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>Altera incisos I e II do art. 49 da Lei Municipal nº. 1.278/2025 (LDO), de 15/07/2025.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/projeto_de_lei_053-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/projeto_de_lei_053-25.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a participar do Programa Minha Casa, Minha Vida – PMCMV e autoriza a doação de lotes vinculados ao respectivo programa para os beneficiários que se enquadrarem na forma e nas condições estabelecidas em lei.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1048/projeto_de_lei_no._054-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1048/projeto_de_lei_no._054-25.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Parceria para transferência de recursos à APAE - Associação de Pais e Amigos dos Excepcionais de Japaraíba e dá outras providências.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_no._08-25_-_comissoes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_no._08-25_-_comissoes.pdf</t>
   </si>
   <si>
     <t>Os Vereadores infra assinados, membros das Comissões de Legislação Justiça e Redação e Finanças Orçamento e Tomada de Contas, na forma regimental, requerem, consultado o Plenário, seja enviado ofício ao Sr. Fernando de Castro Bernardes, Consultor Previdenciário, encaminhando o presente Requerimento, o convocando para prestar esclarecimentos a respeito do Projeto de Lei n.º 022/2025, que “Altera as alíquotas de contribuição suplementar previdenciária devidas pelo Município ao Regime Próprio de Previdência Social – RPPS”</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_no_09-2025_-_convocacao_laelson.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_no_09-2025_-_convocacao_laelson.doc</t>
   </si>
   <si>
     <t>Os Vereadores infra assinados, membros das Comissões de Legislação Justiça e Redação e Finanças Orçamento e Tomada de Contas, na forma regimental, requerem, consultado o Plenário, seja enviado ofício ao Sr. Laelson de Lima, Procurador Municipal, encaminhando o presente Requerimento, o convocando para prestar esclarecimentos a respeito do Projeto de Lei n.º 03/2025, que “Autoriza os representantes da Fazenda Pública Municipal a celebrarem acordo em processos administrativos e transacionar em processos judiciais em que o Município de Japaraíba for interessado, autor, réu ou tiverem interesse jurídico na qualidade de assistente ou oponente, dando outras providências.”</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/856/requerimento_no_10-2025_-_kits_uniforme_eliana.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/856/requerimento_no_10-2025_-_kits_uniforme_eliana.doc</t>
   </si>
   <si>
     <t>A Vereadora infra assinada, na forma regimental, requer a Vossa Excelência, consultado o Plenário, seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, que solicita ao mesmo que preste informação a esta Casa a respeito da Viabilidade de Disponibilização de Kits Uniformes de Inverno aos alunos da rede municipal de ensino de Japaraíba, Minas Gerais.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/865/requerimento_no._011-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/865/requerimento_no._011-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal que preste informações a esta Casa referente a Construção da UBS Padrão, SES, Tipo I, construída em Alvenaria, conforme resolução SES nº 9196 de 05 de dezembro de 2023, ao lado da Policlínica no bairro São José.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/866/requerimento_no._012-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/866/requerimento_no._012-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal que preste informações a esta Casa referente a locação de imóvel urbano comercial situado no Município de Japaraíba/MG, que servirá como ponto de apoio logístico e operacional da Feira Livre do Produtor Familiar.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/873/requerimento_no._013-25_-_celio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/873/requerimento_no._013-25_-_celio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo que informe a esta Casa se é possível encaminhar projeto de lei a esta Casa adequando a Lei Complementar n.º 028/2009, que “Estabelece o Regime Jurídico e o Estatuto dos Servidores Públicos do Município de Japaraíba” para constar a possibilidade de se converter 1/3 (um terço) do período de férias a que tiver direito o servidor em abono pecuniário, nos mesmos termos do previsto no art. 143 da Consolidação das Leis do Trabalho – CLT.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_no._014-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_no._014-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo que preste informações a esta Casa referente aos repasses oriundos das emendas impositivas do exercício anterior.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/889/requerimento_no._015-25-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/889/requerimento_no._015-25-_eliana.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal que preste informações a esta Casa referente a Coleta Seletiva no Município de Japaraíba.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/890/requerimento_no._016-25-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/890/requerimento_no._016-25-_eliana.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal que preste informações a esta Casa referente a destinação dos Resíduos Sólidos Urbanos Classe II no município de Japaraíba.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_no._017-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_no._017-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal que informe a Casa como está sendo executado o serviço de limpeza urbana do Município.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_no._018-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_no._018-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo que preste as seguintes informações e esclarecimentos complementares a respeito da locação do imóvel utilizado como ponto de apoio à feira livre, objeto da Inexigibilidade nº 018/2025, homologada em 16/06/2025.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_no._019-25_-_elaina.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_no._019-25_-_elaina.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo que encaminhe a esta Casa informações complementares a respeito da paralisação da obra da Unidade Básica de Saúde (UBS) Padrão SES Tipo I Alvenaria no bairro São José.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_no._020-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_no._020-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo que preste informações a esta Casa a respeito do funcionamento da Biblioteca Municipal Márcio Jacinto Lopes.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/923/requerimento_no._021-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/923/requerimento_no._021-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal que preste informações a respeito do Programa “Morar Melhor” que constava no plano de governo durante a campanha eleitoral.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no._022-25_-_marcelo.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no._022-25_-_marcelo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo que informe a Casa se existe a possibilidade da incorporação nos vencimentos dos profissionais do magistério do adicional de regência de classe, o conhecido “Pó de Giz”.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_no._023-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_no._023-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal que informe a Casa se já foi realizada intermediação perante ao DER-MG para que proceda com a devida sinalização no Trevo da MG-170, que dá acesso ao Município de Japaraíba.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/970/requerimento_no._024-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/970/requerimento_no._024-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal esclarecimentos adicionais referentes à resposta encaminhada ao Requerimento nº 02/2025, sobre a ponte interditada, conhecida como ponte do Benedito, localizada em Três Barras, na divisa entre os municípios de Japaraíba e Santo Antônio do Monte.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/971/requerimento_no._025-25_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/971/requerimento_no._025-25_eliana.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal informações referentes à situação da Biblioteca Municipal Professor Marcio Jacinto Lopes, que atualmente se encontra fechada ao público, bem como em relação a servidora designada para exercer a função de bibliotecária.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/983/requerimento_no._026-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/983/requerimento_no._026-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal que encaminhe a Casa informações sobre os valores gastos com energia elétrica nas repartições públicas do Município de Japaraíba.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>ELIANA APARECIDA LOPES ANDRADE, MARCELO JORGE TEIXEIRA</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_no._027-25_-_eliana_e_marcelo.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_no._027-25_-_eliana_e_marcelo.pdf</t>
   </si>
   <si>
     <t>Solicita esclarecimentos ao Chefe do Poder Executivo Municipal a respeito de quando serão realizadas as convocações dos aprovados no concurso público realizado por este Município de Japaraíba.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no._028-25_-_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no._028-25_-_aurelio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal que interceda junto ao Cartório Eleitoral competente, com o objetivo de viabilizar a presença de equipe técnica no Município de Japaraíba pelo menos duas vezes por mês, para realização de atendimentos presenciais voltados à biometria de eleitores, especialmente aposentados, pensionistas e beneficiários de programas sociais.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>MATILDES FERNANDES PEREIRA DE ANDRADE, MARCELO JORGE TEIXEIRA</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_no._29-25_-_matildes_e_marcelo.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_no._29-25_-_matildes_e_marcelo.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Chefe do Poder Executivo Municipal que informe a Casa se o Município de Japaraíba possui um Plano Municipal de Arborização Urbana.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/requerimento_no._030-25_-_marcelo.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/requerimento_no._030-25_-_marcelo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal que informe a Casa se existe a possibilidade do Munícipio intervir perante as Instituições Bancárias para que seja disponibilizada linha de crédito às empresas contempladas com os lotes na área industrial do Município de Japaraíba.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/requerimento_no._031-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/requerimento_no._031-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal informações referentes à falta de pavimentação da Rua Adelino Rodrigues, após o número 07, localizada no Bairro Centro, na cidade de Japaraíba.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/requerimento_no._032-25_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/requerimento_no._032-25_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Dá ciência quanto as Propostas Apresentadas pelos alunos do Ensino Médio da E. E. Padre Pedro Lamberti e solicita ao Chefe do Poder Executivo Municipal que informe a Casa a possibilidade de execução das propostas apresentadas.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/requerimento_no._033-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/requerimento_no._033-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado ao Senhor Prefeito Municipal e ao setor responsável pela manutenção e gestão do Portal da Transparência, solicitando informações detalhadas sobre o motivo pelo qual o referido portal não está funcionando corretamente, apresentando atraso na atualização dos dados e, em alguns casos, divergências nas informações disponibilizadas ao público.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_no._034-25_-_matildes.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_no._034-25_-_matildes.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo que analise a possibilidade de se realizar avaliação técnica e administrativa sobre as condições de trabalho dos servidores responsáveis pela limpeza e higienização dos banheiros das escolas municipais.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_no._035-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_no._035-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado ao Senhor Prefeito Municipal, bem como ao setor responsável pela fiscalização do Processo Licitatório nº 095/2025 – Coleta Seletiva, solicitando informações detalhadas sobre a disponibilização, pelo Município, de veículo e motorista à empresa, associação ou cooperativa vencedora da referida licitação.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Oficio</t>
   </si>
   <si>
     <t>Jetro Antunes</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/997/ccf_000070.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/997/ccf_000070.pdf</t>
   </si>
   <si>
     <t>Convite para Inauguração</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>Ângela Aparecida Pereira Miranda</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/996/ccf_000070.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/996/ccf_000070.pdf</t>
   </si>
   <si>
     <t>Ofício enviado pela Sra. Ângela Aparecida Pereira Miranda, Diretora do FUPRESJA, que encaminha ofício SEI nº. 13795/25 do Ministério da Previdência.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>Laís Franciele Lopes Veloso</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/oficio_enviado_pela_associacao_do_congado.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/oficio_enviado_pela_associacao_do_congado.pdf</t>
   </si>
   <si>
     <t>Solicita a destinação de recurso através de Emenda Impositiva ao orçamento de 2026.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/872/resposta_do_requerimento_no._010-25_-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/872/resposta_do_requerimento_no._010-25_-_eliana.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 033/2025 enviado pela Sra. Roberta Aparecida Lopes Rabelo, Secretária Municipal de Educação, Cultura e Esportes.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/981/ccf_000043.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/981/ccf_000043.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 042/25 - Secretaria Municipal de Meio Ambiente - Convite para participação na Semana Interna de Prevenção de Acidentes do Trabalho - SIPAT.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>Lidia Tassiane de Souza</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/oficio_para_camara_e_previsao_orcamentaria.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/oficio_para_camara_e_previsao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Apresentação da previsão orçamentária da entidade e solicitação de destinação de recurso financeiro através de emenda impositiva.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/987/resposta_do_requerimento_no._25-25_-_056.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/987/resposta_do_requerimento_no._25-25_-_056.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 025/2025.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/859/resposta_do_requerimento_no._07-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/859/resposta_do_requerimento_no._07-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n. 07/2025</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/871/ccf23062025.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/871/ccf23062025.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 074/2025 enviado pelo Executivo Municipal, referente a Prestação de Contas em relação ao cumprimento de metas fiscais previstas para o exercício de 2025, cumprimento de limites constitucionais, bem como informações relacionadas ao 1º Quadrimestre de 2025.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/882/resposta_do_requerimento_no._012-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/882/resposta_do_requerimento_no._012-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 012/2025.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/881/resposta_do_requerimento_no._011-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/881/resposta_do_requerimento_no._011-25.pdf</t>
   </si>
   <si>
     <t>Ofício em resposta ao Requerimento nº. 011/2025.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/908/resposta_do_requerimento_015-25_of_81-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/908/resposta_do_requerimento_015-25_of_81-25.pdf</t>
   </si>
   <si>
     <t>Resposta do Requerimento nº. 015/2025.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/909/resposta_do_requerimento_016-25_of_82-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/909/resposta_do_requerimento_016-25_of_82-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 016/2025.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/910/resposta_do_requerimento_017-25_of_83-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/910/resposta_do_requerimento_017-25_of_83-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 017/2025.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/897/resposta_do_requerimento_no._014-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/897/resposta_do_requerimento_no._014-25.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 084/25 em resposta ao Requerimento nº. 014/25.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/911/resposta_do_requerimento_020-25_of_97-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/911/resposta_do_requerimento_020-25_of_97-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 020/2025.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/912/resposta_do_requerimento_019-25_of_98-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/912/resposta_do_requerimento_019-25_of_98-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 019/2025.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/913/resposta_do_requerimento_018-25_of_112-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/913/resposta_do_requerimento_018-25_of_112-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 018/2025.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/994/oficio_no._123-25_-_resposta_do_requerimento_no._27.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/994/oficio_no._123-25_-_resposta_do_requerimento_no._27.pdf</t>
   </si>
   <si>
     <t>Resposta do Requerimento nº. 027/25</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/928/resposta_do_requerimento_no._021-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/928/resposta_do_requerimento_no._021-25.pdf</t>
   </si>
   <si>
     <t>131/2025 - Resposta ao Requerimento nº. 021/2025</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/947/oficio_142_-_resposta_ao_requerimento_022-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/947/oficio_142_-_resposta_ao_requerimento_022-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 022/25</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/985/resposta_do_requerimento_no._24_-_0172.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/985/resposta_do_requerimento_no._24_-_0172.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 024/2025.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/986/resposta_do_requerimento_no._023-25_-_0173.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/986/resposta_do_requerimento_no._023-25_-_0173.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 023/2025.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/995/oficio_no._175-25_-_resposta_do_requerimento_no._26.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/995/oficio_no._175-25_-_resposta_do_requerimento_no._26.pdf</t>
   </si>
   <si>
     <t>Resposta do Requerimento nº. 026/25</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/oficio_no._180-25_-_resposta_do_requerimento_no._029.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/oficio_no._180-25_-_resposta_do_requerimento_no._029.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 029/25.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1010/oficio_no._181-25_-_resposta_do_requerimento_no._028.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1010/oficio_no._181-25_-_resposta_do_requerimento_no._028.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 028/25.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/resposta_do_requerimento_no._030-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/resposta_do_requerimento_no._030-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 030/2025.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/resposta_do_requerimento_no._031-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/resposta_do_requerimento_no._031-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 031/2025.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/resposta_do_requerimento_no._032-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/resposta_do_requerimento_no._032-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 032/2025.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1043/resposta_do_requerimento_no._033-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1043/resposta_do_requerimento_no._033-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 033/2025.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1044/resposta_do_requerimento_no._034-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1044/resposta_do_requerimento_no._034-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 034/2025.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1046/resposta_do_requerimento_no._034-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1046/resposta_do_requerimento_no._034-25.pdf</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1045/resposta_do_requerimento_no._035-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1045/resposta_do_requerimento_no._035-25.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº. 035/2025.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/860/parecer_pl_32-25_-_subvencao._comissoes_de_legislacao_justica_e_redacao_e_finacas_1.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/860/parecer_pl_32-25_-_subvencao._comissoes_de_legislacao_justica_e_redacao_e_finacas_1.doc</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei n. 032/2025</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>FOTC - Finanças, Orçamento e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/861/parecer_pl_25-25_-_pronto_pagamento._comissoes_de_legislacao_justica_e_redacao_e_finacas_1.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/861/parecer_pl_25-25_-_pronto_pagamento._comissoes_de_legislacao_justica_e_redacao_e_finacas_1.doc</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei n. 025/25</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/870/parecer_conjunto.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/870/parecer_conjunto.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei substitutivo n.º 33/25, que “Dispõe sobre a regularização de trechos de vias públicas formalmente registradas como ruas”.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/883/parecer_pl_03-25_-_acordos._comissoes_de_legislacao_justica_e_redacao_e_finacas.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/883/parecer_pl_03-25_-_acordos._comissoes_de_legislacao_justica_e_redacao_e_finacas.doc</t>
   </si>
   <si>
     <t>Parecer Conjunto emitido pelas Comissões de Legislação, Justiça e Redação, e Finanças, Orçamento e Tomada de Contas, referente ao Projeto de Lei nº. 03/2025.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/884/parecer_pl_22-2025_-_aliquotas_-_comissao_legislacao_e_financas.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/884/parecer_pl_22-2025_-_aliquotas_-_comissao_legislacao_e_financas.doc</t>
   </si>
   <si>
     <t>Parecer Conjunto emitido pelas Comissões de Legislação, Justiça e Redação, e Finanças, Orçamento e Tomada de Contas, referente ao Projeto de Lei nº. 022/2025.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/885/parecer_pl_035-2025_-_reducao_diarias_cargos_em_comissao_municipio_-_comissao_legislacao_e_financas.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/885/parecer_pl_035-2025_-_reducao_diarias_cargos_em_comissao_municipio_-_comissao_legislacao_e_financas.doc</t>
   </si>
   <si>
     <t>Parecer Conjunto emitido pelas Comissões de Legislação, Justiça e Redação, e Finanças, Orçamento e Tomada de Contas, referente ao Projeto de Lei nº. 035/2025.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/886/parecer_pl_complementar_05-2025_-_cria_gratificacao_-_comissao_legislacao_e_financas.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/886/parecer_pl_complementar_05-2025_-_cria_gratificacao_-_comissao_legislacao_e_financas.doc</t>
   </si>
   <si>
     <t>Parecer Conjunto emitido pelas Comissões de Legislação, Justiça e Redação, e Finanças, Orçamento e Tomada de Contas, referente ao Projeto de Lei Complementar nº. 05/2025.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/887/parecer_anteprojeto_de_lei_n.o_03-25-_exames_oftamologicos_comissoes.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/887/parecer_anteprojeto_de_lei_n.o_03-25-_exames_oftamologicos_comissoes.doc</t>
   </si>
   <si>
     <t>Parecer Conjunto emitido pelas Comissões de Legislação, Justiça e Redação, e Finanças, Orçamento e Tomada de Contas, referente ao Anteprojeto de Lei nº. 03/2025.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/896/parecer_pl_29-2025_-_ldo._comissoes_de_legislacao_justica_e_redacao__financas_e_orcamento.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/896/parecer_pl_29-2025_-_ldo._comissoes_de_legislacao_justica_e_redacao__financas_e_orcamento.doc</t>
   </si>
   <si>
     <t>Parecer Conjunto ao Projeto de Lei nº. 029/2025.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/906/parecer_conjunto_ao_plc_06-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/906/parecer_conjunto_ao_plc_06-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto emitido pelas Comissões de Legislação, Justiça e Redação, e Finanças, Orçamento e Tomada de Contas, referente ao Projeto de Lei Complementar nº. 06/2025.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/907/parecer_pl_36-2025_-_credito_adicional_-_suplementar_-_comissao_financas_orcamento_e_tomadas_de_contas.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/907/parecer_pl_36-2025_-_credito_adicional_-_suplementar_-_comissao_financas_orcamento_e_tomadas_de_contas.doc</t>
   </si>
   <si>
     <t>Parecer emitido pela Comissão de Finanças, Orçamento e Tomada de Contas referente ao Projeto de Lei nº. 036/25.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei nº. 034/25 que "Estabelece largura mínima das Estradas Rurais principais e secundárias."</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/935/parecer_projeto_de_lei_no._037-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/935/parecer_projeto_de_lei_no._037-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei nº. 037/25.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/934/parecer_projeto_de_lei_038-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/934/parecer_projeto_de_lei_038-25.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei nº. 038/25 que "Autoriza o Poder Executivo Municipal a conceder subvenção à entidade que menciona e dá outras providências."</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/948/parecer_pl_039-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/948/parecer_pl_039-25.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei nº. 039/25 que "Autoriza a permuta de bem público imóvel urbano por área de terras localizada no território do município de Japaraíba e dá outras providências".</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/954/parecer_conjunto_ao_projeto_de_lei_no._040-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/954/parecer_conjunto_ao_projeto_de_lei_no._040-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei nº. 040/2025 que "Aprova o contrato de consórcio público e o estatuto social do Consórcio Interfederativo Minas Gerais - CIMINAS e da Associação dos Municípios Integrados Minas Gerais - AMIMG, autorizando o ingresso de Japaraíba, Estado de Minas Gerais, e dá outras providências".</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/parecer_conjunto_referente_a_proposta_de_emenda_a_lei_organica.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/parecer_conjunto_referente_a_proposta_de_emenda_a_lei_organica.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente à Proposta de Emenda à Lei Orgânica nº. 01/2025.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/966/parecer_conjunto_anteprojeto_no._05-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/966/parecer_conjunto_anteprojeto_no._05-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Anteprojeto de Lei nº. 05/25.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/974/parecer_conjunto_anteprojeto_06-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/974/parecer_conjunto_anteprojeto_06-25.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto referente ao Anteprojeto de Lei nº. 06/25.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/949/parecer_plc_009-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/949/parecer_plc_009-25.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei Complementar nº. 009/25 que "Altera a redação do inciso I do Art. 9º e do Art. 40 da Lei Complementar nº. 034, de 14 de setembro de 2010, que institui o Plano Diretor do Município de Japaraíba e dá outras providências".</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1047/parecer_conjunto_projeto_de_lei_complementar_no._013-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1047/parecer_conjunto_projeto_de_lei_complementar_no._013-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei Complementar nº. 013/2025.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei nº. 041/25.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/965/parecer_conjunto_projeto_de_lei_no._042-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/965/parecer_conjunto_projeto_de_lei_no._042-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei nº. 042/25.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>4325</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/975/parecer_conjunto_projeto_043-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/975/parecer_conjunto_projeto_043-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei nº. 043/25.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/parecer_conjunto_projeto_de_lei_no._044-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/parecer_conjunto_projeto_de_lei_no._044-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei nº. 044/2025.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1050/parecer_pl_045-2025_-_loa_-_comissao_financas_orcamento_e_tomadas_de_contas.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1050/parecer_pl_045-2025_-_loa_-_comissao_financas_orcamento_e_tomadas_de_contas.doc</t>
   </si>
   <si>
     <t>Parecer Conjunto referente as Emendas Impositivas nºs. 01 e 02 ao Projeto de Lei nº. 045/2025.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/982/parecer_conjunto_projeto_de_lei_no._047-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/982/parecer_conjunto_projeto_de_lei_no._047-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei nº. 047/2025.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/977/parecer_conjunto_projeto_048-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/977/parecer_conjunto_projeto_048-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei nº. 048/25.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/976/parecer_projeto_049-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/976/parecer_projeto_049-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei nº. 049/25.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/parecer_ao_projeto_de_lei_no._051-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/parecer_ao_projeto_de_lei_no._051-25.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº. 051/2025.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/parecer_conjunto_projeto_de_lei_no._052-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/parecer_conjunto_projeto_de_lei_no._052-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei nº. 052/2025.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>5325</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/parecer_conjunto_projeto_de_lei_no._053-25.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/parecer_conjunto_projeto_de_lei_no._053-25.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei nº. 053/2025.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>5425</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1049/parecer_pl_54-25_-_subvencao._comissoes_de_legislacao_justica_e_redacao_e_finacas.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1049/parecer_pl_54-25_-_subvencao._comissoes_de_legislacao_justica_e_redacao_e_finacas.doc</t>
   </si>
   <si>
     <t>Parecer Conjunto referente ao Projeto de Lei nº. 054/2025.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/894/anteprojeto_de_lei_no._03-25_-_aurelio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/894/anteprojeto_de_lei_no._03-25_-_aurelio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da realização de exames oftalmológicos para alunos matriculados na rede pública municipal de ensino a partir dos quatro anos de idade.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/880/anteprojeto_de_lei_no._04-25-_eliana.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/880/anteprojeto_de_lei_no._04-25-_eliana.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Japaraíba a instituir Programa de Registro de Cães, com instalação de Chip para identificação do animal e de seu tutor.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>ELIANA APARECIDA LOPES ANDRADE, NILVAN TEODORO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/955/anteprojeto_de_lei_no._05-25_-_eliana_e_nilvan.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/955/anteprojeto_de_lei_no._05-25_-_eliana_e_nilvan.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a disponibilização gratuita do sensor de monitoramento contínuo de glicose Freestyle Libre para pessoas com diabetes no âmbito do Sistema Público de Saúde Municipal”.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/963/anteprojeto_de_lei_no._06-25_-_celio.pdf</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/963/anteprojeto_de_lei_no._06-25_-_celio.pdf</t>
   </si>
   <si>
     <t>Cria o Projeto Conservador das Águas e autoriza o Executivo a prestar apoio financeiro aos proprietários rurais e dá outras providências.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/888/resolucao_003-25_-_reajusta_valor_do_vale_alimentacao.doc</t>
+    <t>http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/888/resolucao_003-25_-_reajusta_valor_do_vale_alimentacao.doc</t>
   </si>
   <si>
     <t>Reajusta o Valor do Vale-Alimentação dos Servidores da Câmara Municipal - Autoria da Mesa Diretora.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2939,67 +2939,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/863/emenda_modificativa_ao_pl_025-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/emenda_lei_organica_no._01-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/emenda_ao_projeto_de_lei_no._045-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/878/emenda_modificativa_01_e_02_ao_projeto_de_03-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/905/emenda_modificativa_no._01_ao_plc_06-25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/926/emendas_ao_projeto_034-25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/emenda_impositiva_no._02.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_60-25_-_postes_nilvan_e_mardem.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_61-25_-_triturador_matildes.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_62-25_-_trevo_nilvan.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_63-25-_aguar_raizen.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao__64_-25_-_troca_de_pv_aurelio.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_65-25_-_arborizacao_aurelio.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_66-25_-_ponto_de_espera_de_ambulancia_nilvan_1.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_no._067-25_-_celio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_no._068-25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no._069-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/875/indicacao_no._070-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/876/inidicacao_no._071-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no._072-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_073-25_-_marcelo_e_celio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/903/indicacao_074-25_-_celio_e_aurelio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/904/indicacao_075-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_no._076-25_-_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_no._077-25_-_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/916/inidicacao_no._078-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no._079-25_-_matildes_e_celio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no._080-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_no._081-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_no._082-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_no._083-25-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no._084-25_-_nilvan_e_mardem.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no._085-25_-_mardem_e_nilvan.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no._086-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_no._087-25_-_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_no._088-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no._089-25_celio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_no._090-25_-_celio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no._091-25_-_matildes_e_celio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_no._092-25_-_nilvan_e_mardem.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_no._093-25_-_celio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/945/indicacao_no._094-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_no._095-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no._096-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_no._097-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/953/indicacao_no._098-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_no._099-25_-_mardem_e_nilvan.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_no._100-25_-_mardem_e_nilvan.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/968/indicacao_no._101-25_-_mardem_e_nilvan.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/972/indicacao_no._102-25_-_aurelio_e_celio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_no._103_-_25_marcelo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_no._104-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_no._105-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_no._106-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_no._107-25_-_mardem_nilvan_e_aurelio.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_no._108-25_-_mardem_nilvan_e_aurelio.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_no._109-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_no._110-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/998/indicacao_111-25_-_creche_reforma_capoeirao_marden_e_nilvan.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_no._112-25_-_nilvan_e_mardem.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no._113-25_-_nilvan_e_mardem.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no._114-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_no._115-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no._116-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no._117-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_no._118-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_no._119-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/indicacao_no._120-25_-_nilvan_e_mardem.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/indicacao_no._121-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_no._122-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_no._123-25_-_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_no._124-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1051/indicacao_no._125-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1052/indicacao_no._126-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_no._127-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_no._128-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/mocao_de_aplausos_no._01-25_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/850/ccf04062025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_complementar_no._05-25.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_lei_complementar_06-25.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_complementar_09-25.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/projeto_de_lei_complementar_no._010-25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/projeto_de_lei_complementar_no._011-25.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/projeto_de_lei_complementar_no._012-25.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/projeto_de_lei_complementar_no._013-25.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/892/projeto_de_lei_03-25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/893/projeto_de_lei_no._022-25.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_de_lei_025-25.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/895/projeto_de_lei_029-25.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/843/projeto_de_lei_no._032-25_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/842/projeto_de_lei_no._033-25_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_no._034-25._pdf.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_no._035-25.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/901/projeto_de_lei_no._036-25.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/920/projeto_de_lei_no._037-25.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/921/projeto_de_lei_038-25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_039-25.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/927/projeto_de_lei__no._040-25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_complementar_010-25.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/946/projeto_de_lei_no._0042-25.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_no._043-25.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/959/projeto_ppa.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_no._047-25.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_no._048-25.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_lei_no._049-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_lei_no._050-25.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/projeto_de_lei_no._051-25.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/projeto_de_lei_no._052-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/projeto_de_lei_053-25.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1048/projeto_de_lei_no._054-25.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_no._08-25_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_no_09-2025_-_convocacao_laelson.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/856/requerimento_no_10-2025_-_kits_uniforme_eliana.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/865/requerimento_no._011-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/866/requerimento_no._012-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/873/requerimento_no._013-25_-_celio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_no._014-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/889/requerimento_no._015-25-_eliana.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/890/requerimento_no._016-25-_eliana.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_no._017-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_no._018-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_no._019-25_-_elaina.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_no._020-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/923/requerimento_no._021-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no._022-25_-_marcelo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_no._023-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/970/requerimento_no._024-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/971/requerimento_no._025-25_eliana.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/983/requerimento_no._026-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_no._027-25_-_eliana_e_marcelo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no._028-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_no._29-25_-_matildes_e_marcelo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/requerimento_no._030-25_-_marcelo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/requerimento_no._031-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/requerimento_no._032-25_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/requerimento_no._033-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_no._034-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_no._035-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/997/ccf_000070.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/996/ccf_000070.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/oficio_enviado_pela_associacao_do_congado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/872/resposta_do_requerimento_no._010-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/981/ccf_000043.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/oficio_para_camara_e_previsao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/987/resposta_do_requerimento_no._25-25_-_056.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/859/resposta_do_requerimento_no._07-25.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/871/ccf23062025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/882/resposta_do_requerimento_no._012-25.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/881/resposta_do_requerimento_no._011-25.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/908/resposta_do_requerimento_015-25_of_81-25.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/909/resposta_do_requerimento_016-25_of_82-25.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/910/resposta_do_requerimento_017-25_of_83-25.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/897/resposta_do_requerimento_no._014-25.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/911/resposta_do_requerimento_020-25_of_97-25.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/912/resposta_do_requerimento_019-25_of_98-25.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/913/resposta_do_requerimento_018-25_of_112-25.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/994/oficio_no._123-25_-_resposta_do_requerimento_no._27.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/928/resposta_do_requerimento_no._021-25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/947/oficio_142_-_resposta_ao_requerimento_022-25.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/985/resposta_do_requerimento_no._24_-_0172.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/986/resposta_do_requerimento_no._023-25_-_0173.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/995/oficio_no._175-25_-_resposta_do_requerimento_no._26.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/oficio_no._180-25_-_resposta_do_requerimento_no._029.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1010/oficio_no._181-25_-_resposta_do_requerimento_no._028.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/resposta_do_requerimento_no._030-25.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/resposta_do_requerimento_no._031-25.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/resposta_do_requerimento_no._032-25.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1043/resposta_do_requerimento_no._033-25.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1044/resposta_do_requerimento_no._034-25.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1046/resposta_do_requerimento_no._034-25.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1045/resposta_do_requerimento_no._035-25.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/860/parecer_pl_32-25_-_subvencao._comissoes_de_legislacao_justica_e_redacao_e_finacas_1.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/861/parecer_pl_25-25_-_pronto_pagamento._comissoes_de_legislacao_justica_e_redacao_e_finacas_1.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/870/parecer_conjunto.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/883/parecer_pl_03-25_-_acordos._comissoes_de_legislacao_justica_e_redacao_e_finacas.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/884/parecer_pl_22-2025_-_aliquotas_-_comissao_legislacao_e_financas.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/885/parecer_pl_035-2025_-_reducao_diarias_cargos_em_comissao_municipio_-_comissao_legislacao_e_financas.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/886/parecer_pl_complementar_05-2025_-_cria_gratificacao_-_comissao_legislacao_e_financas.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/887/parecer_anteprojeto_de_lei_n.o_03-25-_exames_oftamologicos_comissoes.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/896/parecer_pl_29-2025_-_ldo._comissoes_de_legislacao_justica_e_redacao__financas_e_orcamento.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/906/parecer_conjunto_ao_plc_06-25.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/907/parecer_pl_36-2025_-_credito_adicional_-_suplementar_-_comissao_financas_orcamento_e_tomadas_de_contas.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/935/parecer_projeto_de_lei_no._037-25.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/934/parecer_projeto_de_lei_038-25.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/948/parecer_pl_039-25.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/954/parecer_conjunto_ao_projeto_de_lei_no._040-25.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/parecer_conjunto_referente_a_proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/966/parecer_conjunto_anteprojeto_no._05-25.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/974/parecer_conjunto_anteprojeto_06-25.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/949/parecer_plc_009-25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1047/parecer_conjunto_projeto_de_lei_complementar_no._013-25.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/965/parecer_conjunto_projeto_de_lei_no._042-25.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/975/parecer_conjunto_projeto_043-25.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/parecer_conjunto_projeto_de_lei_no._044-25.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1050/parecer_pl_045-2025_-_loa_-_comissao_financas_orcamento_e_tomadas_de_contas.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/982/parecer_conjunto_projeto_de_lei_no._047-25.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/977/parecer_conjunto_projeto_048-25.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/976/parecer_projeto_049-25.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/parecer_ao_projeto_de_lei_no._051-25.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/parecer_conjunto_projeto_de_lei_no._052-25.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/parecer_conjunto_projeto_de_lei_no._053-25.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1049/parecer_pl_54-25_-_subvencao._comissoes_de_legislacao_justica_e_redacao_e_finacas.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/894/anteprojeto_de_lei_no._03-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/880/anteprojeto_de_lei_no._04-25-_eliana.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/955/anteprojeto_de_lei_no._05-25_-_eliana_e_nilvan.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/963/anteprojeto_de_lei_no._06-25_-_celio.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/888/resolucao_003-25_-_reajusta_valor_do_vale_alimentacao.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/863/emenda_modificativa_ao_pl_025-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/emenda_lei_organica_no._01-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/emenda_ao_projeto_de_lei_no._045-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/878/emenda_modificativa_01_e_02_ao_projeto_de_03-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/905/emenda_modificativa_no._01_ao_plc_06-25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/926/emendas_ao_projeto_034-25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/emenda_impositiva_no._02.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_60-25_-_postes_nilvan_e_mardem.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_61-25_-_triturador_matildes.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_62-25_-_trevo_nilvan.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_63-25-_aguar_raizen.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao__64_-25_-_troca_de_pv_aurelio.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_65-25_-_arborizacao_aurelio.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_66-25_-_ponto_de_espera_de_ambulancia_nilvan_1.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_no._067-25_-_celio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_no._068-25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no._069-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/875/indicacao_no._070-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/876/inidicacao_no._071-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no._072-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_073-25_-_marcelo_e_celio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/903/indicacao_074-25_-_celio_e_aurelio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/904/indicacao_075-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_no._076-25_-_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_no._077-25_-_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/916/inidicacao_no._078-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no._079-25_-_matildes_e_celio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no._080-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_no._081-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_no._082-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_no._083-25-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no._084-25_-_nilvan_e_mardem.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no._085-25_-_mardem_e_nilvan.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no._086-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_no._087-25_-_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_no._088-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no._089-25_celio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_no._090-25_-_celio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no._091-25_-_matildes_e_celio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_no._092-25_-_nilvan_e_mardem.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_no._093-25_-_celio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/945/indicacao_no._094-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_no._095-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no._096-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_no._097-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/953/indicacao_no._098-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_no._099-25_-_mardem_e_nilvan.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_no._100-25_-_mardem_e_nilvan.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/968/indicacao_no._101-25_-_mardem_e_nilvan.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/972/indicacao_no._102-25_-_aurelio_e_celio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_no._103_-_25_marcelo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_no._104-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_no._105-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_no._106-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_no._107-25_-_mardem_nilvan_e_aurelio.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_no._108-25_-_mardem_nilvan_e_aurelio.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_no._109-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_no._110-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/998/indicacao_111-25_-_creche_reforma_capoeirao_marden_e_nilvan.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_no._112-25_-_nilvan_e_mardem.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no._113-25_-_nilvan_e_mardem.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no._114-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_no._115-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no._116-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no._117-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_no._118-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_no._119-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/indicacao_no._120-25_-_nilvan_e_mardem.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/indicacao_no._121-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_no._122-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_no._123-25_-_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_no._124-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1051/indicacao_no._125-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1052/indicacao_no._126-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_no._127-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_no._128-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/mocao_de_aplausos_no._01-25_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/850/ccf04062025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_complementar_no._05-25.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_lei_complementar_06-25.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/943/projeto_de_lei_complementar_09-25.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/projeto_de_lei_complementar_no._010-25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/projeto_de_lei_complementar_no._011-25.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/projeto_de_lei_complementar_no._012-25.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/projeto_de_lei_complementar_no._013-25.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/892/projeto_de_lei_03-25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/893/projeto_de_lei_no._022-25.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_de_lei_025-25.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/895/projeto_de_lei_029-25.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/843/projeto_de_lei_no._032-25_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/842/projeto_de_lei_no._033-25_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_no._034-25._pdf.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_no._035-25.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/901/projeto_de_lei_no._036-25.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/920/projeto_de_lei_no._037-25.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/921/projeto_de_lei_038-25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_039-25.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/927/projeto_de_lei__no._040-25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_complementar_010-25.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/946/projeto_de_lei_no._0042-25.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_no._043-25.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/959/projeto_ppa.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_no._047-25.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_no._048-25.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_lei_no._049-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_lei_no._050-25.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/projeto_de_lei_no._051-25.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/projeto_de_lei_no._052-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/projeto_de_lei_053-25.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1048/projeto_de_lei_no._054-25.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/851/requerimento_no._08-25_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_no_09-2025_-_convocacao_laelson.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/856/requerimento_no_10-2025_-_kits_uniforme_eliana.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/865/requerimento_no._011-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/866/requerimento_no._012-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/873/requerimento_no._013-25_-_celio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_no._014-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/889/requerimento_no._015-25-_eliana.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/890/requerimento_no._016-25-_eliana.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_no._017-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_no._018-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_no._019-25_-_elaina.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_no._020-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/923/requerimento_no._021-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no._022-25_-_marcelo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_no._023-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/970/requerimento_no._024-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/971/requerimento_no._025-25_eliana.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/983/requerimento_no._026-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_no._027-25_-_eliana_e_marcelo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no._028-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_no._29-25_-_matildes_e_marcelo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/requerimento_no._030-25_-_marcelo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/requerimento_no._031-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/requerimento_no._032-25_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/requerimento_no._033-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_no._034-25_-_matildes.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_no._035-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/997/ccf_000070.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/996/ccf_000070.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/oficio_enviado_pela_associacao_do_congado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/872/resposta_do_requerimento_no._010-25_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/981/ccf_000043.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/oficio_para_camara_e_previsao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/987/resposta_do_requerimento_no._25-25_-_056.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/859/resposta_do_requerimento_no._07-25.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/871/ccf23062025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/882/resposta_do_requerimento_no._012-25.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/881/resposta_do_requerimento_no._011-25.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/908/resposta_do_requerimento_015-25_of_81-25.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/909/resposta_do_requerimento_016-25_of_82-25.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/910/resposta_do_requerimento_017-25_of_83-25.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/897/resposta_do_requerimento_no._014-25.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/911/resposta_do_requerimento_020-25_of_97-25.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/912/resposta_do_requerimento_019-25_of_98-25.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/913/resposta_do_requerimento_018-25_of_112-25.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/994/oficio_no._123-25_-_resposta_do_requerimento_no._27.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/928/resposta_do_requerimento_no._021-25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/947/oficio_142_-_resposta_ao_requerimento_022-25.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/985/resposta_do_requerimento_no._24_-_0172.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/986/resposta_do_requerimento_no._023-25_-_0173.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/995/oficio_no._175-25_-_resposta_do_requerimento_no._26.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/oficio_no._180-25_-_resposta_do_requerimento_no._029.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1010/oficio_no._181-25_-_resposta_do_requerimento_no._028.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/resposta_do_requerimento_no._030-25.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/resposta_do_requerimento_no._031-25.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/resposta_do_requerimento_no._032-25.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1043/resposta_do_requerimento_no._033-25.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1044/resposta_do_requerimento_no._034-25.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1046/resposta_do_requerimento_no._034-25.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1045/resposta_do_requerimento_no._035-25.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/860/parecer_pl_32-25_-_subvencao._comissoes_de_legislacao_justica_e_redacao_e_finacas_1.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/861/parecer_pl_25-25_-_pronto_pagamento._comissoes_de_legislacao_justica_e_redacao_e_finacas_1.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/870/parecer_conjunto.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/883/parecer_pl_03-25_-_acordos._comissoes_de_legislacao_justica_e_redacao_e_finacas.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/884/parecer_pl_22-2025_-_aliquotas_-_comissao_legislacao_e_financas.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/885/parecer_pl_035-2025_-_reducao_diarias_cargos_em_comissao_municipio_-_comissao_legislacao_e_financas.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/886/parecer_pl_complementar_05-2025_-_cria_gratificacao_-_comissao_legislacao_e_financas.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/887/parecer_anteprojeto_de_lei_n.o_03-25-_exames_oftamologicos_comissoes.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/896/parecer_pl_29-2025_-_ldo._comissoes_de_legislacao_justica_e_redacao__financas_e_orcamento.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/906/parecer_conjunto_ao_plc_06-25.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/907/parecer_pl_36-2025_-_credito_adicional_-_suplementar_-_comissao_financas_orcamento_e_tomadas_de_contas.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/935/parecer_projeto_de_lei_no._037-25.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/934/parecer_projeto_de_lei_038-25.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/948/parecer_pl_039-25.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/954/parecer_conjunto_ao_projeto_de_lei_no._040-25.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/parecer_conjunto_referente_a_proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/966/parecer_conjunto_anteprojeto_no._05-25.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/974/parecer_conjunto_anteprojeto_06-25.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/949/parecer_plc_009-25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1047/parecer_conjunto_projeto_de_lei_complementar_no._013-25.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/965/parecer_conjunto_projeto_de_lei_no._042-25.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/975/parecer_conjunto_projeto_043-25.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/parecer_conjunto_projeto_de_lei_no._044-25.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1050/parecer_pl_045-2025_-_loa_-_comissao_financas_orcamento_e_tomadas_de_contas.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/982/parecer_conjunto_projeto_de_lei_no._047-25.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/977/parecer_conjunto_projeto_048-25.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/976/parecer_projeto_049-25.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/parecer_ao_projeto_de_lei_no._051-25.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/parecer_conjunto_projeto_de_lei_no._052-25.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/parecer_conjunto_projeto_de_lei_no._053-25.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/1049/parecer_pl_54-25_-_subvencao._comissoes_de_legislacao_justica_e_redacao_e_finacas.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/894/anteprojeto_de_lei_no._03-25_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/880/anteprojeto_de_lei_no._04-25-_eliana.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/955/anteprojeto_de_lei_no._05-25_-_eliana_e_nilvan.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/963/anteprojeto_de_lei_no._06-25_-_celio.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.japaraiba.mg.leg.br/media/sapl/public/materialegislativa/2025/888/resolucao_003-25_-_reajusta_valor_do_vale_alimentacao.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H213"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="245.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="175.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="175" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>